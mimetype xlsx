--- v0 (2025-12-28)
+++ v1 (2026-01-17)
@@ -460,69 +460,70 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -537,340 +538,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.39</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.4</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>1031</v>
       </c>
       <c r="C7" t="n">
         <v>1021</v>
       </c>
       <c r="D7" t="n">
         <v>1002</v>
       </c>
       <c r="E7" t="n">
         <v>1003</v>
       </c>
       <c r="F7" t="n">
         <v>928</v>
       </c>
       <c r="G7" t="n">
         <v>1010</v>
       </c>
       <c r="H7" t="n">
         <v>1003</v>
       </c>
       <c r="I7" t="n">
         <v>1009</v>
       </c>
       <c r="J7" t="n">
         <v>1006</v>
       </c>
       <c r="K7" t="n">
         <v>1028</v>
       </c>
+      <c r="L7" t="n">
+        <v>1006</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>1031</v>
       </c>
       <c r="C8" t="n">
         <v>1021</v>
       </c>
       <c r="D8" t="n">
         <v>1002</v>
       </c>
       <c r="E8" t="n">
         <v>1003</v>
       </c>
       <c r="F8" t="n">
         <v>928</v>
       </c>
       <c r="G8" t="n">
         <v>1010</v>
       </c>
       <c r="H8" t="n">
         <v>1003</v>
       </c>
       <c r="I8" t="n">
         <v>1009</v>
       </c>
       <c r="J8" t="n">
         <v>1006</v>
       </c>
       <c r="K8" t="n">
         <v>1028</v>
+      </c>
+      <c r="L8" t="n">
+        <v>1006</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -885,340 +913,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.36</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.37</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>154</v>
       </c>
       <c r="C7" t="n">
         <v>165</v>
       </c>
       <c r="D7" t="n">
         <v>157</v>
       </c>
       <c r="E7" t="n">
         <v>163</v>
       </c>
       <c r="F7" t="n">
         <v>147</v>
       </c>
       <c r="G7" t="n">
         <v>148</v>
       </c>
       <c r="H7" t="n">
         <v>138</v>
       </c>
       <c r="I7" t="n">
         <v>153</v>
       </c>
       <c r="J7" t="n">
         <v>142</v>
       </c>
       <c r="K7" t="n">
         <v>149</v>
       </c>
+      <c r="L7" t="n">
+        <v>164</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>161</v>
       </c>
       <c r="C8" t="n">
         <v>160</v>
       </c>
       <c r="D8" t="n">
         <v>157</v>
       </c>
       <c r="E8" t="n">
         <v>157</v>
       </c>
       <c r="F8" t="n">
         <v>145</v>
       </c>
       <c r="G8" t="n">
         <v>158</v>
       </c>
       <c r="H8" t="n">
         <v>157</v>
       </c>
       <c r="I8" t="n">
         <v>158</v>
       </c>
       <c r="J8" t="n">
         <v>158</v>
       </c>
       <c r="K8" t="n">
         <v>161</v>
+      </c>
+      <c r="L8" t="n">
+        <v>157</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -1233,340 +1288,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.31</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.28</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.45</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>28</v>
       </c>
       <c r="C7" t="n">
         <v>21</v>
       </c>
       <c r="D7" t="n">
         <v>25</v>
       </c>
       <c r="E7" t="n">
         <v>25</v>
       </c>
       <c r="F7" t="n">
         <v>26</v>
       </c>
       <c r="G7" t="n">
         <v>40</v>
       </c>
       <c r="H7" t="n">
         <v>37</v>
       </c>
       <c r="I7" t="n">
         <v>30</v>
       </c>
       <c r="J7" t="n">
         <v>36</v>
       </c>
       <c r="K7" t="n">
         <v>32</v>
       </c>
+      <c r="L7" t="n">
+        <v>22</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>25</v>
       </c>
       <c r="C8" t="n">
         <v>22</v>
       </c>
       <c r="D8" t="n">
         <v>26</v>
       </c>
       <c r="E8" t="n">
         <v>25</v>
       </c>
       <c r="F8" t="n">
         <v>26</v>
       </c>
       <c r="G8" t="n">
         <v>39</v>
       </c>
       <c r="H8" t="n">
         <v>35</v>
       </c>
       <c r="I8" t="n">
         <v>29</v>
       </c>
       <c r="J8" t="n">
         <v>36</v>
       </c>
       <c r="K8" t="n">
         <v>29</v>
+      </c>
+      <c r="L8" t="n">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -1581,340 +1663,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.63</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.52</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>12</v>
       </c>
       <c r="C7" t="n">
         <v>16</v>
       </c>
       <c r="D7" t="n">
         <v>7</v>
       </c>
       <c r="E7" t="n">
         <v>11</v>
       </c>
       <c r="F7" t="n">
         <v>17</v>
       </c>
       <c r="G7" t="n">
         <v>14</v>
       </c>
       <c r="H7" t="n">
         <v>15</v>
       </c>
       <c r="I7" t="n">
         <v>21</v>
       </c>
       <c r="J7" t="n">
         <v>18</v>
       </c>
       <c r="K7" t="n">
         <v>12</v>
       </c>
+      <c r="L7" t="n">
+        <v>9</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>12</v>
       </c>
       <c r="C8" t="n">
         <v>14</v>
       </c>
       <c r="D8" t="n">
         <v>7</v>
       </c>
       <c r="E8" t="n">
         <v>11</v>
       </c>
       <c r="F8" t="n">
         <v>16</v>
       </c>
       <c r="G8" t="n">
         <v>13</v>
       </c>
       <c r="H8" t="n">
         <v>14</v>
       </c>
       <c r="I8" t="n">
         <v>22</v>
       </c>
       <c r="J8" t="n">
         <v>17</v>
       </c>
       <c r="K8" t="n">
         <v>12</v>
+      </c>
+      <c r="L8" t="n">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -1929,340 +2038,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.55</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.64</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>1</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.49</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.55</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.51</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>3</v>
       </c>
       <c r="C7" t="n">
         <v>3</v>
       </c>
       <c r="D7" t="n">
         <v>4</v>
       </c>
       <c r="E7" t="n">
         <v>4</v>
       </c>
       <c r="F7" t="n">
         <v>6</v>
       </c>
       <c r="G7" t="n">
         <v>3</v>
       </c>
       <c r="H7" t="n">
         <v>5</v>
       </c>
       <c r="I7" t="n">
         <v>2</v>
       </c>
       <c r="J7" t="n">
         <v>2</v>
       </c>
       <c r="K7" t="n">
         <v>1</v>
       </c>
+      <c r="L7" t="n">
+        <v>2</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>3</v>
       </c>
       <c r="C8" t="n">
         <v>3</v>
       </c>
       <c r="D8" t="n">
         <v>4</v>
       </c>
       <c r="E8" t="n">
         <v>4</v>
       </c>
       <c r="F8" t="n">
         <v>6</v>
       </c>
       <c r="G8" t="n">
         <v>3</v>
       </c>
       <c r="H8" t="n">
         <v>4</v>
       </c>
       <c r="I8" t="n">
         <v>2</v>
       </c>
       <c r="J8" t="n">
         <v>2</v>
       </c>
       <c r="K8" t="n">
         <v>1</v>
+      </c>
+      <c r="L8" t="n">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2277,340 +2413,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.31</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.36</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>19</v>
       </c>
       <c r="C7" t="n">
         <v>24</v>
       </c>
       <c r="D7" t="n">
         <v>27</v>
       </c>
       <c r="E7" t="n">
         <v>18</v>
       </c>
       <c r="F7" t="n">
         <v>17</v>
       </c>
       <c r="G7" t="n">
         <v>22</v>
       </c>
       <c r="H7" t="n">
         <v>21</v>
       </c>
       <c r="I7" t="n">
         <v>29</v>
       </c>
       <c r="J7" t="n">
         <v>21</v>
       </c>
       <c r="K7" t="n">
         <v>46</v>
       </c>
+      <c r="L7" t="n">
+        <v>29</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>18</v>
       </c>
       <c r="C8" t="n">
         <v>23</v>
       </c>
       <c r="D8" t="n">
         <v>27</v>
       </c>
       <c r="E8" t="n">
         <v>17</v>
       </c>
       <c r="F8" t="n">
         <v>18</v>
       </c>
       <c r="G8" t="n">
         <v>21</v>
       </c>
       <c r="H8" t="n">
         <v>21</v>
       </c>
       <c r="I8" t="n">
         <v>30</v>
       </c>
       <c r="J8" t="n">
         <v>21</v>
       </c>
       <c r="K8" t="n">
         <v>47</v>
+      </c>
+      <c r="L8" t="n">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2625,340 +2788,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.28</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.62</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.59</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.33</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.45</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.34</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>16</v>
       </c>
       <c r="C7" t="n">
         <v>19</v>
       </c>
       <c r="D7" t="n">
         <v>16</v>
       </c>
       <c r="E7" t="n">
         <v>27</v>
       </c>
       <c r="F7" t="n">
         <v>17</v>
       </c>
       <c r="G7" t="n">
         <v>18</v>
       </c>
       <c r="H7" t="n">
         <v>23</v>
       </c>
       <c r="I7" t="n">
         <v>15</v>
       </c>
       <c r="J7" t="n">
         <v>17</v>
       </c>
       <c r="K7" t="n">
         <v>15</v>
       </c>
+      <c r="L7" t="n">
+        <v>20</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>15</v>
       </c>
       <c r="C8" t="n">
         <v>20</v>
       </c>
       <c r="D8" t="n">
         <v>17</v>
       </c>
       <c r="E8" t="n">
         <v>27</v>
       </c>
       <c r="F8" t="n">
         <v>16</v>
       </c>
       <c r="G8" t="n">
         <v>18</v>
       </c>
       <c r="H8" t="n">
         <v>22</v>
       </c>
       <c r="I8" t="n">
         <v>16</v>
       </c>
       <c r="J8" t="n">
         <v>19</v>
       </c>
       <c r="K8" t="n">
         <v>15</v>
+      </c>
+      <c r="L8" t="n">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2973,340 +3163,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.49</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.38</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>59</v>
       </c>
       <c r="C7" t="n">
         <v>63</v>
       </c>
       <c r="D7" t="n">
         <v>57</v>
       </c>
       <c r="E7" t="n">
         <v>49</v>
       </c>
       <c r="F7" t="n">
         <v>58</v>
       </c>
       <c r="G7" t="n">
         <v>42</v>
       </c>
       <c r="H7" t="n">
         <v>58</v>
       </c>
       <c r="I7" t="n">
         <v>53</v>
       </c>
       <c r="J7" t="n">
         <v>38</v>
       </c>
       <c r="K7" t="n">
         <v>40</v>
       </c>
+      <c r="L7" t="n">
+        <v>53</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>57</v>
       </c>
       <c r="C8" t="n">
         <v>58</v>
       </c>
       <c r="D8" t="n">
         <v>53</v>
       </c>
       <c r="E8" t="n">
         <v>45</v>
       </c>
       <c r="F8" t="n">
         <v>57</v>
       </c>
       <c r="G8" t="n">
         <v>43</v>
       </c>
       <c r="H8" t="n">
         <v>60</v>
       </c>
       <c r="I8" t="n">
         <v>50</v>
       </c>
       <c r="J8" t="n">
         <v>39</v>
       </c>
       <c r="K8" t="n">
         <v>40</v>
+      </c>
+      <c r="L8" t="n">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -3321,340 +3538,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.45</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.45</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>349</v>
       </c>
       <c r="C7" t="n">
         <v>360</v>
       </c>
       <c r="D7" t="n">
         <v>361</v>
       </c>
       <c r="E7" t="n">
         <v>372</v>
       </c>
       <c r="F7" t="n">
         <v>317</v>
       </c>
       <c r="G7" t="n">
         <v>361</v>
       </c>
       <c r="H7" t="n">
         <v>343</v>
       </c>
       <c r="I7" t="n">
         <v>358</v>
       </c>
       <c r="J7" t="n">
         <v>363</v>
       </c>
       <c r="K7" t="n">
         <v>382</v>
       </c>
+      <c r="L7" t="n">
+        <v>381</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>358</v>
       </c>
       <c r="C8" t="n">
         <v>353</v>
       </c>
       <c r="D8" t="n">
         <v>351</v>
       </c>
       <c r="E8" t="n">
         <v>359</v>
       </c>
       <c r="F8" t="n">
         <v>317</v>
       </c>
       <c r="G8" t="n">
         <v>364</v>
       </c>
       <c r="H8" t="n">
         <v>344</v>
       </c>
       <c r="I8" t="n">
         <v>356</v>
       </c>
       <c r="J8" t="n">
         <v>367</v>
       </c>
       <c r="K8" t="n">
         <v>374</v>
+      </c>
+      <c r="L8" t="n">
+        <v>355</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -3669,340 +3913,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.24</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.09</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.4</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.42</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.09</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>193</v>
       </c>
       <c r="C7" t="n">
         <v>186</v>
       </c>
       <c r="D7" t="n">
         <v>224</v>
       </c>
       <c r="E7" t="n">
         <v>200</v>
       </c>
       <c r="F7" t="n">
         <v>186</v>
       </c>
       <c r="G7" t="n">
         <v>212</v>
       </c>
       <c r="H7" t="n">
         <v>200</v>
       </c>
       <c r="I7" t="n">
         <v>203</v>
       </c>
       <c r="J7" t="n">
         <v>197</v>
       </c>
       <c r="K7" t="n">
         <v>229</v>
       </c>
+      <c r="L7" t="n">
+        <v>214</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>189</v>
       </c>
       <c r="C8" t="n">
         <v>188</v>
       </c>
       <c r="D8" t="n">
         <v>222</v>
       </c>
       <c r="E8" t="n">
         <v>196</v>
       </c>
       <c r="F8" t="n">
         <v>180</v>
       </c>
       <c r="G8" t="n">
         <v>212</v>
       </c>
       <c r="H8" t="n">
         <v>190</v>
       </c>
       <c r="I8" t="n">
         <v>198</v>
       </c>
       <c r="J8" t="n">
         <v>198</v>
       </c>
       <c r="K8" t="n">
         <v>226</v>
+      </c>
+      <c r="L8" t="n">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4017,340 +4288,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.47</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.46</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.09</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>134</v>
       </c>
       <c r="C7" t="n">
         <v>132</v>
       </c>
       <c r="D7" t="n">
         <v>86</v>
       </c>
       <c r="E7" t="n">
         <v>113</v>
       </c>
       <c r="F7" t="n">
         <v>109</v>
       </c>
       <c r="G7" t="n">
         <v>103</v>
       </c>
       <c r="H7" t="n">
         <v>126</v>
       </c>
       <c r="I7" t="n">
         <v>118</v>
       </c>
       <c r="J7" t="n">
         <v>116</v>
       </c>
       <c r="K7" t="n">
         <v>93</v>
       </c>
+      <c r="L7" t="n">
+        <v>102</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>130</v>
       </c>
       <c r="C8" t="n">
         <v>128</v>
       </c>
       <c r="D8" t="n">
         <v>88</v>
       </c>
       <c r="E8" t="n">
         <v>114</v>
       </c>
       <c r="F8" t="n">
         <v>107</v>
       </c>
       <c r="G8" t="n">
         <v>101</v>
       </c>
       <c r="H8" t="n">
         <v>121</v>
       </c>
       <c r="I8" t="n">
         <v>114</v>
       </c>
       <c r="J8" t="n">
         <v>114</v>
       </c>
       <c r="K8" t="n">
         <v>93</v>
+      </c>
+      <c r="L8" t="n">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4365,340 +4663,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.29</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.35</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>235</v>
       </c>
       <c r="C7" t="n">
         <v>247</v>
       </c>
       <c r="D7" t="n">
         <v>235</v>
       </c>
       <c r="E7" t="n">
         <v>243</v>
       </c>
       <c r="F7" t="n">
         <v>219</v>
       </c>
       <c r="G7" t="n">
         <v>236</v>
       </c>
       <c r="H7" t="n">
         <v>238</v>
       </c>
       <c r="I7" t="n">
         <v>242</v>
       </c>
       <c r="J7" t="n">
         <v>247</v>
       </c>
       <c r="K7" t="n">
         <v>239</v>
       </c>
+      <c r="L7" t="n">
+        <v>232</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>222</v>
       </c>
       <c r="C8" t="n">
         <v>220</v>
       </c>
       <c r="D8" t="n">
         <v>216</v>
       </c>
       <c r="E8" t="n">
         <v>216</v>
       </c>
       <c r="F8" t="n">
         <v>200</v>
       </c>
       <c r="G8" t="n">
         <v>217</v>
       </c>
       <c r="H8" t="n">
         <v>216</v>
       </c>
       <c r="I8" t="n">
         <v>217</v>
       </c>
       <c r="J8" t="n">
         <v>217</v>
       </c>
       <c r="K8" t="n">
         <v>221</v>
+      </c>
+      <c r="L8" t="n">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4713,340 +5038,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.26</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.32</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.31</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>187</v>
       </c>
       <c r="C7" t="n">
         <v>177</v>
       </c>
       <c r="D7" t="n">
         <v>172</v>
       </c>
       <c r="E7" t="n">
         <v>173</v>
       </c>
       <c r="F7" t="n">
         <v>166</v>
       </c>
       <c r="G7" t="n">
         <v>185</v>
       </c>
       <c r="H7" t="n">
         <v>171</v>
       </c>
       <c r="I7" t="n">
         <v>178</v>
       </c>
       <c r="J7" t="n">
         <v>185</v>
       </c>
       <c r="K7" t="n">
         <v>183</v>
       </c>
+      <c r="L7" t="n">
+        <v>164</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>188</v>
       </c>
       <c r="C8" t="n">
         <v>186</v>
       </c>
       <c r="D8" t="n">
         <v>182</v>
       </c>
       <c r="E8" t="n">
         <v>183</v>
       </c>
       <c r="F8" t="n">
         <v>169</v>
       </c>
       <c r="G8" t="n">
         <v>184</v>
       </c>
       <c r="H8" t="n">
         <v>183</v>
       </c>
       <c r="I8" t="n">
         <v>184</v>
       </c>
       <c r="J8" t="n">
         <v>184</v>
       </c>
       <c r="K8" t="n">
         <v>187</v>
+      </c>
+      <c r="L8" t="n">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -5061,340 +5413,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.34</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.28</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.24</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.09</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.09</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>109</v>
       </c>
       <c r="C7" t="n">
         <v>103</v>
       </c>
       <c r="D7" t="n">
         <v>102</v>
       </c>
       <c r="E7" t="n">
         <v>96</v>
       </c>
       <c r="F7" t="n">
         <v>92</v>
       </c>
       <c r="G7" t="n">
         <v>107</v>
       </c>
       <c r="H7" t="n">
         <v>105</v>
       </c>
       <c r="I7" t="n">
         <v>99</v>
       </c>
       <c r="J7" t="n">
         <v>107</v>
       </c>
       <c r="K7" t="n">
         <v>101</v>
       </c>
+      <c r="L7" t="n">
+        <v>92</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>109</v>
       </c>
       <c r="C8" t="n">
         <v>108</v>
       </c>
       <c r="D8" t="n">
         <v>106</v>
       </c>
       <c r="E8" t="n">
         <v>106</v>
       </c>
       <c r="F8" t="n">
         <v>98</v>
       </c>
       <c r="G8" t="n">
         <v>106</v>
       </c>
       <c r="H8" t="n">
         <v>106</v>
       </c>
       <c r="I8" t="n">
         <v>107</v>
       </c>
       <c r="J8" t="n">
         <v>105</v>
       </c>
       <c r="K8" t="n">
         <v>109</v>
+      </c>
+      <c r="L8" t="n">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -5409,340 +5788,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.24</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.36</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.33</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>264</v>
       </c>
       <c r="C7" t="n">
         <v>258</v>
       </c>
       <c r="D7" t="n">
         <v>257</v>
       </c>
       <c r="E7" t="n">
         <v>254</v>
       </c>
       <c r="F7" t="n">
         <v>236</v>
       </c>
       <c r="G7" t="n">
         <v>255</v>
       </c>
       <c r="H7" t="n">
         <v>250</v>
       </c>
       <c r="I7" t="n">
         <v>252</v>
       </c>
       <c r="J7" t="n">
         <v>255</v>
       </c>
       <c r="K7" t="n">
         <v>254</v>
       </c>
+      <c r="L7" t="n">
+        <v>251</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>258</v>
       </c>
       <c r="C8" t="n">
         <v>255</v>
       </c>
       <c r="D8" t="n">
         <v>251</v>
       </c>
       <c r="E8" t="n">
         <v>251</v>
       </c>
       <c r="F8" t="n">
         <v>232</v>
       </c>
       <c r="G8" t="n">
         <v>253</v>
       </c>
       <c r="H8" t="n">
         <v>251</v>
       </c>
       <c r="I8" t="n">
         <v>252</v>
       </c>
       <c r="J8" t="n">
         <v>252</v>
       </c>
       <c r="K8" t="n">
         <v>257</v>
+      </c>
+      <c r="L8" t="n">
+        <v>252</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -5757,340 +6163,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.43</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.43</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>343</v>
       </c>
       <c r="C7" t="n">
         <v>340</v>
       </c>
       <c r="D7" t="n">
         <v>320</v>
       </c>
       <c r="E7" t="n">
         <v>331</v>
       </c>
       <c r="F7" t="n">
         <v>304</v>
       </c>
       <c r="G7" t="n">
         <v>337</v>
       </c>
       <c r="H7" t="n">
         <v>331</v>
       </c>
       <c r="I7" t="n">
         <v>341</v>
       </c>
       <c r="J7" t="n">
         <v>332</v>
       </c>
       <c r="K7" t="n">
         <v>352</v>
       </c>
+      <c r="L7" t="n">
+        <v>339</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>348</v>
       </c>
       <c r="C8" t="n">
         <v>344</v>
       </c>
       <c r="D8" t="n">
         <v>338</v>
       </c>
       <c r="E8" t="n">
         <v>338</v>
       </c>
       <c r="F8" t="n">
         <v>313</v>
       </c>
       <c r="G8" t="n">
         <v>341</v>
       </c>
       <c r="H8" t="n">
         <v>338</v>
       </c>
       <c r="I8" t="n">
         <v>340</v>
       </c>
       <c r="J8" t="n">
         <v>338</v>
       </c>
       <c r="K8" t="n">
         <v>347</v>
+      </c>
+      <c r="L8" t="n">
+        <v>339</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6105,340 +6538,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.52</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>189</v>
       </c>
       <c r="C7" t="n">
         <v>176</v>
       </c>
       <c r="D7" t="n">
         <v>190</v>
       </c>
       <c r="E7" t="n">
         <v>175</v>
       </c>
       <c r="F7" t="n">
         <v>169</v>
       </c>
       <c r="G7" t="n">
         <v>182</v>
       </c>
       <c r="H7" t="n">
         <v>184</v>
       </c>
       <c r="I7" t="n">
         <v>174</v>
       </c>
       <c r="J7" t="n">
         <v>172</v>
       </c>
       <c r="K7" t="n">
         <v>183</v>
       </c>
+      <c r="L7" t="n">
+        <v>184</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>204</v>
       </c>
       <c r="C8" t="n">
         <v>202</v>
       </c>
       <c r="D8" t="n">
         <v>198</v>
       </c>
       <c r="E8" t="n">
         <v>198</v>
       </c>
       <c r="F8" t="n">
         <v>183</v>
       </c>
       <c r="G8" t="n">
         <v>199</v>
       </c>
       <c r="H8" t="n">
         <v>198</v>
       </c>
       <c r="I8" t="n">
         <v>199</v>
       </c>
       <c r="J8" t="n">
         <v>198</v>
       </c>
       <c r="K8" t="n">
         <v>203</v>
+      </c>
+      <c r="L8" t="n">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6453,340 +6913,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.4</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.43</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>514</v>
       </c>
       <c r="C7" t="n">
         <v>499</v>
       </c>
       <c r="D7" t="n">
         <v>490</v>
       </c>
       <c r="E7" t="n">
         <v>496</v>
       </c>
       <c r="F7" t="n">
         <v>448</v>
       </c>
       <c r="G7" t="n">
         <v>489</v>
       </c>
       <c r="H7" t="n">
         <v>470</v>
       </c>
       <c r="I7" t="n">
         <v>487</v>
       </c>
       <c r="J7" t="n">
         <v>483</v>
       </c>
       <c r="K7" t="n">
         <v>495</v>
       </c>
+      <c r="L7" t="n">
+        <v>486</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>502</v>
       </c>
       <c r="C8" t="n">
         <v>497</v>
       </c>
       <c r="D8" t="n">
         <v>488</v>
       </c>
       <c r="E8" t="n">
         <v>488</v>
       </c>
       <c r="F8" t="n">
         <v>452</v>
       </c>
       <c r="G8" t="n">
         <v>491</v>
       </c>
       <c r="H8" t="n">
         <v>488</v>
       </c>
       <c r="I8" t="n">
         <v>491</v>
       </c>
       <c r="J8" t="n">
         <v>489</v>
       </c>
       <c r="K8" t="n">
         <v>500</v>
+      </c>
+      <c r="L8" t="n">
+        <v>490</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6801,340 +7288,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.38</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.37</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>517</v>
       </c>
       <c r="C7" t="n">
         <v>522</v>
       </c>
       <c r="D7" t="n">
         <v>512</v>
       </c>
       <c r="E7" t="n">
         <v>507</v>
       </c>
       <c r="F7" t="n">
         <v>480</v>
       </c>
       <c r="G7" t="n">
         <v>521</v>
       </c>
       <c r="H7" t="n">
         <v>533</v>
       </c>
       <c r="I7" t="n">
         <v>522</v>
       </c>
       <c r="J7" t="n">
         <v>523</v>
       </c>
       <c r="K7" t="n">
         <v>533</v>
       </c>
+      <c r="L7" t="n">
+        <v>520</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>529</v>
       </c>
       <c r="C8" t="n">
         <v>524</v>
       </c>
       <c r="D8" t="n">
         <v>514</v>
       </c>
       <c r="E8" t="n">
         <v>515</v>
       </c>
       <c r="F8" t="n">
         <v>476</v>
       </c>
       <c r="G8" t="n">
         <v>519</v>
       </c>
       <c r="H8" t="n">
         <v>515</v>
       </c>
       <c r="I8" t="n">
         <v>518</v>
       </c>
       <c r="J8" t="n">
         <v>517</v>
       </c>
       <c r="K8" t="n">
         <v>528</v>
+      </c>
+      <c r="L8" t="n">
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -7149,340 +7663,367 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.09</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.41</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.41</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.09</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>668</v>
       </c>
       <c r="C7" t="n">
         <v>636</v>
       </c>
       <c r="D7" t="n">
         <v>633</v>
       </c>
       <c r="E7" t="n">
         <v>615</v>
       </c>
       <c r="F7" t="n">
         <v>565</v>
       </c>
       <c r="G7" t="n">
         <v>626</v>
       </c>
       <c r="H7" t="n">
         <v>619</v>
       </c>
       <c r="I7" t="n">
         <v>623</v>
       </c>
       <c r="J7" t="n">
         <v>625</v>
       </c>
       <c r="K7" t="n">
         <v>635</v>
       </c>
+      <c r="L7" t="n">
+        <v>625</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>673</v>
       </c>
       <c r="C8" t="n">
         <v>656</v>
       </c>
       <c r="D8" t="n">
         <v>644</v>
       </c>
       <c r="E8" t="n">
         <v>643</v>
       </c>
       <c r="F8" t="n">
         <v>589</v>
       </c>
       <c r="G8" t="n">
         <v>637</v>
       </c>
       <c r="H8" t="n">
         <v>630</v>
       </c>
       <c r="I8" t="n">
         <v>631</v>
       </c>
       <c r="J8" t="n">
         <v>634</v>
       </c>
       <c r="K8" t="n">
         <v>640</v>
+      </c>
+      <c r="L8" t="n">
+        <v>643</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
+    <col width="14" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>For the following question, a transgender woman is someone who was male at birth, but now identifies as a woman. To what extent, if at all, do you agree with the statement, 'A transgender woman is a woman'?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2021-01-14</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2021-07-15</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2022-01-13</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -7497,304 +8038,330 @@
       <c r="G1" t="inlineStr">
         <is>
           <t>2023-07-13</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>2024-01-11</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>2024-07-11</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2025-01-09</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2025-07-10</t>
         </is>
       </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>2026-01-07</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Strongly agree</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="L2" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Somewhat agree</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="L3" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Somewhat disagree</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="L4" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Strongly disagree</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.44</v>
       </c>
+      <c r="L5" s="1" t="n">
+        <v>0.37</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="L6" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>131</v>
       </c>
       <c r="C7" t="n">
         <v>137</v>
       </c>
       <c r="D7" t="n">
         <v>133</v>
       </c>
       <c r="E7" t="n">
         <v>140</v>
       </c>
       <c r="F7" t="n">
         <v>133</v>
       </c>
       <c r="G7" t="n">
         <v>139</v>
       </c>
       <c r="H7" t="n">
         <v>145</v>
       </c>
       <c r="I7" t="n">
         <v>136</v>
       </c>
       <c r="J7" t="n">
         <v>145</v>
       </c>
       <c r="K7" t="n">
         <v>138</v>
       </c>
+      <c r="L7" t="n">
+        <v>135</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>124</v>
       </c>
       <c r="C8" t="n">
         <v>122</v>
       </c>
       <c r="D8" t="n">
         <v>120</v>
       </c>
       <c r="E8" t="n">
         <v>120</v>
       </c>
       <c r="F8" t="n">
         <v>111</v>
       </c>
       <c r="G8" t="n">
         <v>121</v>
       </c>
       <c r="H8" t="n">
         <v>120</v>
       </c>
       <c r="I8" t="n">
         <v>121</v>
       </c>
       <c r="J8" t="n">
         <v>119</v>
       </c>
       <c r="K8" t="n">
         <v>123</v>
+      </c>
+      <c r="L8" t="n">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>